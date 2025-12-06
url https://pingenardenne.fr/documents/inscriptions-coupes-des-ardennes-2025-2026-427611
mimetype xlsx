--- v0 (2025-10-26)
+++ v1 (2025-12-06)
@@ -1,28 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Utilisateur\Documents\jacky\comité\site\"/>
     </mc:Choice>
   </mc:AlternateContent>
@@ -358,117 +359,117 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="3" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...40 lines deleted...]
-    <xf numFmtId="14" fontId="0" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
@@ -763,581 +764,590 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
   <dimension ref="A1:M29"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M9" sqref="M9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25"/>
   <cols>
     <col min="7" max="10" width="13.75" customWidth="1"/>
     <col min="11" max="11" width="29.875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="20.75" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
-      <c r="A1" s="11" t="s">
+      <c r="A1" s="28" t="s">
         <v>19</v>
       </c>
-      <c r="B1" s="11"/>
-[...8 lines deleted...]
-      <c r="K1" s="11"/>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+      <c r="J1" s="28"/>
+      <c r="K1" s="28"/>
     </row>
     <row r="2" spans="1:13">
-      <c r="A2" s="11"/>
-[...9 lines deleted...]
-      <c r="K2" s="11"/>
+      <c r="A2" s="28"/>
+      <c r="B2" s="28"/>
+      <c r="C2" s="28"/>
+      <c r="D2" s="28"/>
+      <c r="E2" s="28"/>
+      <c r="F2" s="28"/>
+      <c r="G2" s="28"/>
+      <c r="H2" s="28"/>
+      <c r="I2" s="28"/>
+      <c r="J2" s="28"/>
+      <c r="K2" s="28"/>
     </row>
     <row r="3" spans="1:13">
-      <c r="A3" s="11"/>
-[...9 lines deleted...]
-      <c r="K3" s="11"/>
+      <c r="A3" s="28"/>
+      <c r="B3" s="28"/>
+      <c r="C3" s="28"/>
+      <c r="D3" s="28"/>
+      <c r="E3" s="28"/>
+      <c r="F3" s="28"/>
+      <c r="G3" s="28"/>
+      <c r="H3" s="28"/>
+      <c r="I3" s="28"/>
+      <c r="J3" s="28"/>
+      <c r="K3" s="28"/>
     </row>
     <row r="4" spans="1:13">
-      <c r="A4" s="20" t="s">
+      <c r="A4" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="B4" s="21"/>
-[...8 lines deleted...]
-      <c r="K4" s="22"/>
+      <c r="B4" s="10"/>
+      <c r="C4" s="10"/>
+      <c r="D4" s="10"/>
+      <c r="E4" s="10"/>
+      <c r="F4" s="10"/>
+      <c r="G4" s="10"/>
+      <c r="H4" s="10"/>
+      <c r="I4" s="10"/>
+      <c r="J4" s="10"/>
+      <c r="K4" s="11"/>
     </row>
     <row r="5" spans="1:13">
-      <c r="A5" s="23"/>
-[...9 lines deleted...]
-      <c r="K5" s="25"/>
+      <c r="A5" s="12"/>
+      <c r="B5" s="13"/>
+      <c r="C5" s="13"/>
+      <c r="D5" s="13"/>
+      <c r="E5" s="13"/>
+      <c r="F5" s="13"/>
+      <c r="G5" s="13"/>
+      <c r="H5" s="13"/>
+      <c r="I5" s="13"/>
+      <c r="J5" s="13"/>
+      <c r="K5" s="14"/>
     </row>
     <row r="6" spans="1:13">
-      <c r="A6" s="26"/>
-[...9 lines deleted...]
-      <c r="K6" s="28"/>
+      <c r="A6" s="15"/>
+      <c r="B6" s="16"/>
+      <c r="C6" s="16"/>
+      <c r="D6" s="16"/>
+      <c r="E6" s="16"/>
+      <c r="F6" s="16"/>
+      <c r="G6" s="16"/>
+      <c r="H6" s="16"/>
+      <c r="I6" s="16"/>
+      <c r="J6" s="16"/>
+      <c r="K6" s="17"/>
     </row>
     <row r="7" spans="1:13">
-      <c r="A7" s="12" t="s">
+      <c r="A7" s="29" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="14"/>
-[...1 lines deleted...]
-      <c r="D7" s="12" t="s">
+      <c r="B7" s="30"/>
+      <c r="C7" s="30"/>
+      <c r="D7" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="E7" s="14"/>
-[...1 lines deleted...]
-      <c r="I7" s="16" t="s">
+      <c r="E7" s="30"/>
+      <c r="F7" s="30"/>
+      <c r="I7" s="25" t="s">
         <v>2</v>
       </c>
-      <c r="J7" s="16"/>
-      <c r="K7" s="14"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="30"/>
     </row>
     <row r="8" spans="1:13" ht="30" customHeight="1">
-      <c r="A8" s="13"/>
-[...7 lines deleted...]
-      <c r="K8" s="15"/>
+      <c r="A8" s="21"/>
+      <c r="B8" s="23"/>
+      <c r="C8" s="23"/>
+      <c r="D8" s="21"/>
+      <c r="E8" s="23"/>
+      <c r="F8" s="23"/>
+      <c r="I8" s="31"/>
+      <c r="J8" s="31"/>
+      <c r="K8" s="23"/>
     </row>
     <row r="10" spans="1:13" ht="15">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
-      <c r="G10" s="13" t="s">
+      <c r="G10" s="21" t="s">
         <v>3</v>
       </c>
-      <c r="H10" s="13"/>
-[...2 lines deleted...]
-      <c r="K10" s="19" t="s">
+      <c r="H10" s="21"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="21"/>
+      <c r="K10" s="24" t="s">
         <v>20</v>
       </c>
-      <c r="M10" s="13" t="s">
+      <c r="M10" s="21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="60">
       <c r="A11" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C11" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>8</v>
       </c>
       <c r="F11" s="4" t="s">
         <v>9</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>27</v>
       </c>
       <c r="H11" s="8" t="s">
         <v>28</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>29</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="K11" s="16"/>
-      <c r="M11" s="13"/>
+      <c r="K11" s="25"/>
+      <c r="M11" s="21"/>
     </row>
     <row r="12" spans="1:13" ht="14.45" customHeight="1">
-      <c r="A12" s="18" t="s">
+      <c r="A12" s="22" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
-      <c r="G12" s="18"/>
-[...3 lines deleted...]
-      <c r="K12" s="18"/>
+      <c r="G12" s="22"/>
+      <c r="H12" s="22"/>
+      <c r="I12" s="22"/>
+      <c r="J12" s="22"/>
+      <c r="K12" s="22"/>
       <c r="M12" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
-      <c r="A13" s="18"/>
+      <c r="A13" s="22"/>
       <c r="B13" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
-      <c r="G13" s="18"/>
-[...3 lines deleted...]
-      <c r="K13" s="18"/>
+      <c r="G13" s="22"/>
+      <c r="H13" s="22"/>
+      <c r="I13" s="22"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="22"/>
       <c r="M13" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:13">
-      <c r="A14" s="18"/>
+      <c r="A14" s="22"/>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
-      <c r="G14" s="18"/>
-[...3 lines deleted...]
-      <c r="K14" s="18"/>
+      <c r="G14" s="22"/>
+      <c r="H14" s="22"/>
+      <c r="I14" s="22"/>
+      <c r="J14" s="22"/>
+      <c r="K14" s="22"/>
       <c r="M14" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
-      <c r="A15" s="15" t="s">
+      <c r="A15" s="23" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="5"/>
       <c r="F15" s="5"/>
-      <c r="G15" s="15"/>
-[...4 lines deleted...]
-      <c r="M15" s="29" t="s">
+      <c r="G15" s="23"/>
+      <c r="H15" s="23"/>
+      <c r="I15" s="23"/>
+      <c r="J15" s="23"/>
+      <c r="K15" s="23"/>
+      <c r="M15" s="18" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
-      <c r="A16" s="15"/>
+      <c r="A16" s="23"/>
       <c r="B16" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
-      <c r="G16" s="15"/>
-[...4 lines deleted...]
-      <c r="M16" s="30"/>
+      <c r="G16" s="23"/>
+      <c r="H16" s="23"/>
+      <c r="I16" s="23"/>
+      <c r="J16" s="23"/>
+      <c r="K16" s="23"/>
+      <c r="M16" s="19"/>
     </row>
     <row r="17" spans="1:13">
-      <c r="A17" s="15"/>
+      <c r="A17" s="23"/>
       <c r="B17" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
-      <c r="G17" s="15"/>
-[...4 lines deleted...]
-      <c r="M17" s="30"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
+      <c r="I17" s="23"/>
+      <c r="J17" s="23"/>
+      <c r="K17" s="23"/>
+      <c r="M17" s="19"/>
     </row>
     <row r="18" spans="1:13">
-      <c r="A18" s="18" t="s">
+      <c r="A18" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="2"/>
       <c r="D18" s="2"/>
       <c r="E18" s="2"/>
       <c r="F18" s="2"/>
-      <c r="G18" s="18"/>
-[...4 lines deleted...]
-      <c r="M18" s="31"/>
+      <c r="G18" s="22"/>
+      <c r="H18" s="22"/>
+      <c r="I18" s="22"/>
+      <c r="J18" s="22"/>
+      <c r="K18" s="22"/>
+      <c r="M18" s="20"/>
     </row>
     <row r="19" spans="1:13">
-      <c r="A19" s="18"/>
+      <c r="A19" s="22"/>
       <c r="B19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="2"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
-      <c r="G19" s="18"/>
-[...3 lines deleted...]
-      <c r="K19" s="18"/>
+      <c r="G19" s="22"/>
+      <c r="H19" s="22"/>
+      <c r="I19" s="22"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="22"/>
     </row>
     <row r="20" spans="1:13">
-      <c r="A20" s="18"/>
+      <c r="A20" s="22"/>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
-      <c r="G20" s="18"/>
-[...3 lines deleted...]
-      <c r="K20" s="18"/>
+      <c r="G20" s="22"/>
+      <c r="H20" s="22"/>
+      <c r="I20" s="22"/>
+      <c r="J20" s="22"/>
+      <c r="K20" s="22"/>
     </row>
     <row r="21" spans="1:13">
-      <c r="A21" s="15" t="s">
+      <c r="A21" s="23" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="5"/>
       <c r="F21" s="5"/>
-      <c r="G21" s="15"/>
-[...3 lines deleted...]
-      <c r="K21" s="15"/>
+      <c r="G21" s="23"/>
+      <c r="H21" s="23"/>
+      <c r="I21" s="23"/>
+      <c r="J21" s="23"/>
+      <c r="K21" s="23"/>
     </row>
     <row r="22" spans="1:13">
-      <c r="A22" s="15"/>
+      <c r="A22" s="23"/>
       <c r="B22" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="5"/>
       <c r="F22" s="5"/>
-      <c r="G22" s="15"/>
-[...3 lines deleted...]
-      <c r="K22" s="15"/>
+      <c r="G22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="23"/>
     </row>
     <row r="23" spans="1:13">
-      <c r="A23" s="15"/>
+      <c r="A23" s="23"/>
       <c r="B23" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="5"/>
       <c r="F23" s="5"/>
-      <c r="G23" s="15"/>
-[...3 lines deleted...]
-      <c r="K23" s="15"/>
+      <c r="G23" s="23"/>
+      <c r="H23" s="23"/>
+      <c r="I23" s="23"/>
+      <c r="J23" s="23"/>
+      <c r="K23" s="23"/>
     </row>
     <row r="24" spans="1:13">
-      <c r="A24" s="18" t="s">
+      <c r="A24" s="22" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
-      <c r="G24" s="18"/>
-[...3 lines deleted...]
-      <c r="K24" s="18"/>
+      <c r="G24" s="22"/>
+      <c r="H24" s="22"/>
+      <c r="I24" s="22"/>
+      <c r="J24" s="22"/>
+      <c r="K24" s="22"/>
     </row>
     <row r="25" spans="1:13">
-      <c r="A25" s="18"/>
+      <c r="A25" s="22"/>
       <c r="B25" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
-      <c r="G25" s="18"/>
-[...3 lines deleted...]
-      <c r="K25" s="18"/>
+      <c r="G25" s="22"/>
+      <c r="H25" s="22"/>
+      <c r="I25" s="22"/>
+      <c r="J25" s="22"/>
+      <c r="K25" s="22"/>
     </row>
     <row r="26" spans="1:13">
-      <c r="A26" s="18"/>
+      <c r="A26" s="22"/>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2"/>
       <c r="D26" s="2"/>
       <c r="E26" s="2"/>
       <c r="F26" s="2"/>
-      <c r="G26" s="18"/>
-[...3 lines deleted...]
-      <c r="K26" s="18"/>
+      <c r="G26" s="22"/>
+      <c r="H26" s="22"/>
+      <c r="I26" s="22"/>
+      <c r="J26" s="22"/>
+      <c r="K26" s="22"/>
     </row>
     <row r="27" spans="1:13">
-      <c r="A27" s="9" t="s">
+      <c r="A27" s="26" t="s">
         <v>22</v>
       </c>
-      <c r="B27" s="9"/>
-[...8 lines deleted...]
-      <c r="K27" s="9"/>
+      <c r="B27" s="26"/>
+      <c r="C27" s="26"/>
+      <c r="D27" s="26"/>
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="26"/>
     </row>
     <row r="28" spans="1:13">
-      <c r="A28" s="10"/>
-[...9 lines deleted...]
-      <c r="K28" s="10"/>
+      <c r="A28" s="27"/>
+      <c r="B28" s="27"/>
+      <c r="C28" s="27"/>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="27"/>
+      <c r="K28" s="27"/>
     </row>
     <row r="29" spans="1:13">
-      <c r="A29" s="10"/>
-[...9 lines deleted...]
-      <c r="K29" s="10"/>
+      <c r="A29" s="27"/>
+      <c r="B29" s="27"/>
+      <c r="C29" s="27"/>
+      <c r="D29" s="27"/>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27"/>
+      <c r="G29" s="27"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="27"/>
+      <c r="J29" s="27"/>
+      <c r="K29" s="27"/>
     </row>
   </sheetData>
   <mergeCells count="43">
-    <mergeCell ref="A4:K6"/>
-[...9 lines deleted...]
-    <mergeCell ref="J12:J14"/>
+    <mergeCell ref="A27:K29"/>
+    <mergeCell ref="A1:K3"/>
+    <mergeCell ref="A7:A8"/>
+    <mergeCell ref="B7:C8"/>
+    <mergeCell ref="D7:D8"/>
+    <mergeCell ref="E7:F8"/>
+    <mergeCell ref="I7:J8"/>
+    <mergeCell ref="K7:K8"/>
+    <mergeCell ref="A21:A23"/>
+    <mergeCell ref="A24:A26"/>
+    <mergeCell ref="G12:G14"/>
+    <mergeCell ref="H12:H14"/>
+    <mergeCell ref="I12:I14"/>
+    <mergeCell ref="H18:H20"/>
+    <mergeCell ref="I18:I20"/>
+    <mergeCell ref="J18:J20"/>
     <mergeCell ref="K21:K23"/>
     <mergeCell ref="K24:K26"/>
     <mergeCell ref="K10:K11"/>
     <mergeCell ref="G21:G23"/>
     <mergeCell ref="H21:H23"/>
     <mergeCell ref="I21:I23"/>
     <mergeCell ref="J21:J23"/>
     <mergeCell ref="G24:G26"/>
     <mergeCell ref="H24:H26"/>
     <mergeCell ref="I24:I26"/>
     <mergeCell ref="J24:J26"/>
     <mergeCell ref="G15:G17"/>
     <mergeCell ref="H15:H17"/>
     <mergeCell ref="I15:I17"/>
     <mergeCell ref="J15:J17"/>
     <mergeCell ref="G18:G20"/>
-    <mergeCell ref="A27:K29"/>
-[...14 lines deleted...]
-    <mergeCell ref="J18:J20"/>
+    <mergeCell ref="A4:K6"/>
+    <mergeCell ref="M15:M18"/>
+    <mergeCell ref="M10:M11"/>
+    <mergeCell ref="K12:K14"/>
+    <mergeCell ref="K15:K17"/>
+    <mergeCell ref="K18:K20"/>
+    <mergeCell ref="G10:J10"/>
+    <mergeCell ref="A12:A14"/>
+    <mergeCell ref="A15:A17"/>
+    <mergeCell ref="A18:A20"/>
+    <mergeCell ref="J12:J14"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Feuille d'inscription</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jordan GUILLAUME</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>